--- v0 (2025-12-05)
+++ v1 (2026-01-26)
@@ -1,122 +1,122 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10661" w:type="dxa"/>
+        <w:tblW w:w="10673" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4327"/>
         <w:gridCol w:w="3299"/>
         <w:gridCol w:w="1567"/>
         <w:gridCol w:w="1480"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="5CC7AE41" w14:textId="77777777" w:rsidTr="00711590">
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="5CC7AE41" w14:textId="77777777" w:rsidTr="00B8499C">
         <w:trPr>
           <w:trHeight w:val="795"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10661" w:type="dxa"/>
+            <w:tcW w:w="10673" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="305496"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4A027ECF" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>ATAR ADJUSTMENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="63B86446" w14:textId="77777777" w:rsidTr="00711590">
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="63B86446" w14:textId="77777777" w:rsidTr="00B8499C">
         <w:trPr>
           <w:trHeight w:val="2760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10661" w:type="dxa"/>
+            <w:tcW w:w="10673" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2E999486" w14:textId="77777777" w:rsidR="00333424" w:rsidRDefault="00333424" w:rsidP="00711590">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3D9AD19E" w14:textId="01F96C93" w:rsidR="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
@@ -516,51 +516,51 @@
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7374D265" w14:textId="61D7CB27" w:rsidR="00333424" w:rsidRPr="00711590" w:rsidRDefault="00333424" w:rsidP="00711590">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="41C9C2A4" w14:textId="77777777" w:rsidTr="00711590">
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="41C9C2A4" w14:textId="77777777" w:rsidTr="00B8499C">
         <w:trPr>
           <w:trHeight w:val="645"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="305496"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="33EBCDBD" w14:textId="6D75E7A9" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00EB0A9E" w:rsidP="00EB0A9E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
@@ -626,51 +626,51 @@
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>ATAR Subject (s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="305496"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5F513CC1" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00520F36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
@@ -713,51 +713,51 @@
                 <w:color w:val="FFFFFF"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Adjustment Points</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="692DEC24" w14:textId="77777777" w:rsidTr="00711590">
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="692DEC24" w14:textId="77777777" w:rsidTr="00B8499C">
         <w:trPr>
           <w:trHeight w:val="1001"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="743CD2BC" w14:textId="2CFCEE12" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
@@ -893,51 +893,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Applied Information Technology.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6C6B1536" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
@@ -968,51 +968,51 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="6C0F485E" w14:textId="77777777" w:rsidTr="00711590">
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="6C0F485E" w14:textId="77777777" w:rsidTr="00B8499C">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="21C90509" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
@@ -1049,51 +1049,51 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Production Systems. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3157E5A0" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
@@ -1124,51 +1124,51 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="39CA85CE" w14:textId="77777777" w:rsidTr="00711590">
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="39CA85CE" w14:textId="77777777" w:rsidTr="00B8499C">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="21581CEF" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
@@ -1205,51 +1205,51 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Production Systems. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="52A2582C" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
@@ -1280,615 +1280,51 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="7606E062" w14:textId="77777777" w:rsidTr="00711590">
-[...563 lines deleted...]
-      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="0EFF4B48" w14:textId="77777777" w:rsidTr="00711590">
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="0EFF4B48" w14:textId="77777777" w:rsidTr="00B8499C">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="05CD8F44" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
@@ -1925,51 +1361,51 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Biology.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5BBE9FAA" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
@@ -2000,592 +1436,51 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="6D394C8B" w14:textId="77777777" w:rsidTr="00711590">
-[...540 lines deleted...]
-      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="074731AC" w14:textId="77777777" w:rsidTr="00711590">
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="074731AC" w14:textId="77777777" w:rsidTr="00B8499C">
         <w:trPr>
           <w:trHeight w:val="1278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="03AB6A43" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
@@ -2753,51 +1648,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Economics.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5746A73E" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
@@ -2828,14472 +1723,10892 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="19FBC1E1" w14:textId="77777777" w:rsidTr="00711590">
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="01749524" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="712"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A499759" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Earth Sciences</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24401D88" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Earth and Environmental Science. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AB9A8F9" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F9425A2" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="0F950BA0" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="708A3F05" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Economics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02A0A4D2" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Economics.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67DFD0FF" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1061B623" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="150153D6" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="1268"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7012636C" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Engineering (Honours)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C7D1FD9" w14:textId="60C86E31" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Mathematics Methods plus two of: Mathematics Specialist</w:t>
+            </w:r>
+            <w:r w:rsidR="00D0115D">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Chemistry</w:t>
+            </w:r>
+            <w:r w:rsidR="00D0115D">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Physics or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Engineering Studies.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="373B73D1" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00 or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>&gt;60.00 for Engineering Studies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7ED6E44D" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="5E7D73EB" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="705"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E11783C" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Environmental Science</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3E52DD" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Earth and Environmental Science. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24FDC38D" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3643B4D7" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="73D2CF91" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="701"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0DD4FA15" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Geographical and Spatial Science</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E8AA6D6" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Geography.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="682F23DA" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="737F404D" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="10868F65" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="810"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7971E8C8" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Human Rights</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21FC2B48" w14:textId="507CCD76" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A Humanities and Social Sciences </w:t>
+            </w:r>
+            <w:r w:rsidR="00AF1C66">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ubject.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62152EEA" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61B5A4F7" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="377255EF" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1537CC3E" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Human Sciences</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="18A322FE" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Human Biology.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45823427" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F1799C1" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="25A59B7F" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="540"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A39DFB9" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Marine Science</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1948AD94" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marine and Maritime Studies. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1437C123" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="39F9224C" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="626D5856" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D2BCAD1" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Modern Languages</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="041090B1" w14:textId="1A6BD8BB" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A Language </w:t>
+            </w:r>
+            <w:r w:rsidR="00AF1C66">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ubject.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A8B84D6" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2573B181" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="2F5C4ECE" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="708"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17E2B71B" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Molecular Sciences</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F9754CE" w14:textId="7949E500" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>One of:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Biology</w:t>
+            </w:r>
+            <w:r w:rsidR="005C277F">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Chemistry</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE40A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Human Biology.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9D666A" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="006EA27D" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="3DE0C820" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="704"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="034813ED" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Bachelor of Philosophy, Politics and Economics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F3116F7" w14:textId="7D2074E2" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>One of:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Economics</w:t>
+            </w:r>
+            <w:r w:rsidR="005C277F">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Philosophy and Ethics</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE40A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politics and Law. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="194AFC35" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6CBA306D" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="643C3C68" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="736A3748" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Psychology</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CD7C62F" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Psychology.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0CDACAD3" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40A3BAA6" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="72339EDB" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="719CE056" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Sport and Exercise Sciences</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A572B18" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Human Biology.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D1D0844" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0DD2FCA9" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="3010E2B5" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="795"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="305496"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="416231FE" w14:textId="03489735" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Combined </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB0A9E" w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>bachelor’s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Degree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="305496"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F24AF9E" w14:textId="5A0E745E" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ATAR Subject</w:t>
+            </w:r>
+            <w:r w:rsidR="0042274A">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="305496"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D723223" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00EB0A9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Final Scaled Score</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="305496"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50FA5EBA" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00EB0A9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Adjustment Points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="34FD6519" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="855"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12D60B21" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Agribusiness and Bachelor of Science</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3875AE81" w14:textId="5905A624" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Plant Production Systems and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00AA1CC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">n additional Science </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF1AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ubject.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15B46993" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4542F6A8" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="09CDC41F" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="1694"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="781C304B" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Agricultural Science and Bachelor of Arts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C75A0A2" w14:textId="1032EE5C" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Plant Production Systems and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>one of:</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A Humanities and Social Sciences </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF1AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ubject</w:t>
+            </w:r>
+            <w:r w:rsidR="005C277F">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005C277F">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Language </w:t>
+            </w:r>
+            <w:r w:rsidR="006E2AA2" w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Subject,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA1CC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>n Arts Subject.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77A05C90" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E0BE7F0" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="25CE6575" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="1561"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35E99C40" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Agricultural Science and Bachelor of Commerce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E1C058F" w14:textId="153B7116" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Plant Production Systems and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>one of:</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Accounting and Finance</w:t>
+            </w:r>
+            <w:r w:rsidR="005C277F">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Business Management and Enterprise</w:t>
+            </w:r>
+            <w:r w:rsidR="005C277F">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Career and Enterprise or</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Economics.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="740E35A2" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="602C7D43" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="10FE482C" w14:textId="77777777" w:rsidTr="00B8499C">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51494A7B" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
-[...20 lines deleted...]
-              <w:t>Bachelor of Criminology and Criminal Justice</w:t>
+          <w:p w14:paraId="7A17057A" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Agricultural Science and Bachelor of Science</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03BB36F7" w14:textId="04799DBB" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
-[...22 lines deleted...]
-            <w:r w:rsidR="00EE2A5A">
+          <w:p w14:paraId="603A2090" w14:textId="44510597" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Plant Production Systems and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00AA1CC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">n additional Science </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF1AAE">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>ubject.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="403852E2" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+          <w:p w14:paraId="31002F45" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>&gt;50.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4BD087EF" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+          <w:p w14:paraId="6F2246AD" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="01749524" w14:textId="77777777" w:rsidTr="00711590">
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="340FE056" w14:textId="77777777" w:rsidTr="00B8499C">
         <w:trPr>
-          <w:trHeight w:val="712"/>
+          <w:trHeight w:val="1635"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A499759" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
-[...20 lines deleted...]
-              <w:t>Bachelor of Earth Sciences</w:t>
+          <w:p w14:paraId="485E9893" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Art History and Curatorial Studies and Bachelor of Commerce</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70100FDF" w14:textId="6BD92D4C" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">An Arts </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF1AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ubject and</w:t>
+            </w:r>
+            <w:r w:rsidR="003C650B">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ne of:</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Accounting and Finance</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86634">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Business Management and Enterprise</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86634">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Career and Enterprise or</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Economics.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24401D88" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
-[...26 lines deleted...]
-            <w:tcW w:w="1555" w:type="dxa"/>
+          <w:p w14:paraId="333DE15D" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4AB9A8F9" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
-[...20 lines deleted...]
-              <w:t>&gt;50.00</w:t>
+          <w:p w14:paraId="67FB704B" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="125F9405" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="675"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E24B755" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Economics and Bachelor of Commerce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="619A3F7F" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Economics.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7582E2A5" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;60.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F9425A2" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+          <w:p w14:paraId="393DC948" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="0F950BA0" w14:textId="77777777" w:rsidTr="00711590">
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="7AC5E92A" w14:textId="77777777" w:rsidTr="00B8499C">
         <w:trPr>
-          <w:trHeight w:val="465"/>
+          <w:trHeight w:val="2048"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="708A3F05" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
-[...20 lines deleted...]
-              <w:t>Bachelor of Economics</w:t>
+          <w:p w14:paraId="77BE3484" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Engineering (Honours) and Bachelor of Arts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:noWrap/>
-[...13 lines deleted...]
-            </w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56F1AEB4" w14:textId="41AC337D" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Mathematics Methods plus two of: Mathematics Specialist</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86634">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Chemistry</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86634">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Physics</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86634">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Engineering Studies and one of:</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Humanities and Social Sciences </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF1AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ubject</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86634">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C86634">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Language Subject or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00AA1CC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>n Arts Subject.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10C807E2" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00 or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>&gt;60.00 for Engineering Studies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64E3306E" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="45309C1C" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="2262"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="158EDE1B" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Engineering (Honours) and Bachelor of Commerce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24EB7060" w14:textId="33CC9621" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Mathematics Methods plus two of: Mathematics Specialist</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86634">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Chemistry</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86634">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Physics</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86634">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Engineering Studies and one of:</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Accounting and Finance</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86634">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Business</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Management and Enterprise</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86634">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Career and Enterprise or</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Economics.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
-[...31 lines deleted...]
-              <w:t>&gt;50.00</w:t>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7742E00C" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00 or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>&gt;60.00 for Engineering Studies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:noWrap/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1061B623" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B9A3002" w14:textId="65CDC269" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00E074F7" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00711590" w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="1D4D965D" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="1920"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74E1C0C6" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Bachelor of Engineering (Honours) and Bachelor of Modern Languages</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13AD6DA2" w14:textId="64E770A7" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Mathematics Methods plus two of: Mathematics Specialist</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86634">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Chemistry</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86634">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Physics</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86634">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Engineering </w:t>
+            </w:r>
+            <w:r w:rsidR="006E2AA2" w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Studies,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidR="006B1966">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Language </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF1AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ubject.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F53A382" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00 or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>&gt;60.00 for Engineering Studies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46B4B341" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="742FFD39" w14:textId="77777777" w:rsidTr="00711590">
-[...220 lines deleted...]
-      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="150153D6" w14:textId="77777777" w:rsidTr="00711590">
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="1A489C81" w14:textId="77777777" w:rsidTr="00B8499C">
         <w:trPr>
           <w:trHeight w:val="1268"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7012636C" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
-[...21 lines deleted...]
-              <w:t>Bachelor of Engineering (Honours)</w:t>
+          <w:p w14:paraId="448E27C8" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Engineering (Honours) and Bachelor of Science</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C7D1FD9" w14:textId="60C86E31" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+          <w:p w14:paraId="1C98EDC3" w14:textId="34226406" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Mathematics Methods plus two of: Mathematics Specialist</w:t>
             </w:r>
-            <w:r w:rsidR="00D0115D">
+            <w:r w:rsidR="00C86634">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Chemistry</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86634">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Chemistry</w:t>
-[...12 lines deleted...]
-            <w:r>
+              <w:t>Physics or</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Physics or</w:t>
-[...20 lines deleted...]
-              </w:rPr>
               <w:t>Engineering Studies.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="373B73D1" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31E61DF8" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>&gt;50.00 or</w:t>
             </w:r>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:br/>
               <w:t>&gt;60.00 for Engineering Studies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64187B8C" w14:textId="41A585E4" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00E074F7" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00711590" w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="0617D7C1" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="1555"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA8B0E4" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Environmental Science and Bachelor of Arts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5897053A" w14:textId="41161F8B" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Earth and Environmental Science and</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>one of:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>A Humanities and Social</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sciences </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF1AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ubject</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86634">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C86634">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Language </w:t>
+            </w:r>
+            <w:r w:rsidR="00C86634" w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Subject,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006B1966">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>n Arts Subject.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7ED6E44D" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+          <w:p w14:paraId="34B05937" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C5B4FF8" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="3FDFF6F2" w14:textId="77777777" w:rsidTr="00A84469">
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="56B40487" w14:textId="77777777" w:rsidTr="00B8499C">
         <w:trPr>
-          <w:trHeight w:val="704"/>
+          <w:trHeight w:val="1832"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6EFA07F0" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
-[...20 lines deleted...]
-              <w:t>Bachelor of Environmental Design</w:t>
+          <w:p w14:paraId="5BBCC7ED" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Environmental Science and Bachelor of Commerce</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="090F822B" w14:textId="7AB5A1AF" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+          <w:p w14:paraId="744EAD81" w14:textId="7B7C1C39" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Earth and Environmental Science and</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>one of:</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Accounting and Finance</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86634">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Business Management and Enterprise</w:t>
+            </w:r>
+            <w:r w:rsidR="00A524B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Career and</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Enterprise or</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Economics.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="096328F9" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C279CB8" w14:textId="2F4EE24E" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00E074F7" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00711590" w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="06B50530" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="1170"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="531E8609" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Environmental Science and Bachelor of Science</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5508DCB0" w14:textId="0423BC2C" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Earth and Environmental Science and</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C650B">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">n additional Science </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF1AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ubject.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50072879" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DA8904F" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="6FE300F6" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="1365"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6994B7C9" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Human Rights and Bachelor of Arts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="095B8073" w14:textId="32EF891F" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Two of:</w:t>
             </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A Humanities and Social Sciences </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF1AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ubject</w:t>
+            </w:r>
+            <w:r w:rsidR="002D0593">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D0593">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Language </w:t>
+            </w:r>
+            <w:r w:rsidR="002D0593" w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Subject,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006B1966">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>n Arts Subject.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="165B7ADF" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E856E3D" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="5455C9E9" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="1842"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72A8BF4C" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Human Rights and Bachelor of Commerce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4EBFB008" w14:textId="12477B9E" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>One of:</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A Humanities and Social Sciences </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF1AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ubject</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>and one of: Accounting and Finance</w:t>
+            </w:r>
+            <w:r w:rsidR="002D0593">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Business Management and Enterprise</w:t>
+            </w:r>
+            <w:r w:rsidR="002D0593">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Career and Enterprise or</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Economics.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2AD112A0" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31C4574C" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="5D214753" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="1694"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F238B6C" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Media and Communication and Bachelor of Commerce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51A88C45" w14:textId="755D47F8" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Media Production and Analysis and</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00567F0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ne of:</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Accounting and Finance</w:t>
+            </w:r>
+            <w:r w:rsidR="002D0593">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Business Management and Enterprise</w:t>
+            </w:r>
+            <w:r w:rsidR="002D0593">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Career and Enterprise or</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Economics.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A1A0B55" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="643194AB" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="6BC5A50D" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="1305"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60BA27DF" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Modern Languages and Bachelor of Arts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6098855A" w14:textId="37A54D3F" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A Language </w:t>
+            </w:r>
+            <w:r w:rsidR="00C00584">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Subject </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>and one of:</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A Humanities and Social Sciences </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF1AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ubject or</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00567F0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>n Arts Subject.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5640CAC0" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0EAF07A9" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="6BD14CE8" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="1095"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1859C894" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Bachelor of Modern Languages and Bachelor of Biomedical Science</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47709C20" w14:textId="7B7A1728" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A Language </w:t>
+            </w:r>
+            <w:r w:rsidR="002D0593">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Subject </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>and one of:</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Health Studies or</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00567F0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Science </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF1AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ubject.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4622409B" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B155101" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="06EFA97E" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="1595"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57804D4D" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Modern Languages and Bachelor of Business</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="702267E6" w14:textId="434C6E2D" w:rsidR="002A0693" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A Language </w:t>
+            </w:r>
+            <w:r w:rsidR="002D0593">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Subject </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>and one of:</w:t>
+            </w:r>
+            <w:r w:rsidR="002D0593">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Accounting and Finance</w:t>
+            </w:r>
+            <w:r w:rsidR="002D0593">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Business Management and Enterprise</w:t>
+            </w:r>
+            <w:r w:rsidR="002D0593">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Career and Enterprise or</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Economics.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72F8D617" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3A3427" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="3A8B4088" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="980"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3345FAC6" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Modern Languages and Bachelor of Science</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1EB25A05" w14:textId="17203BA2" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A Language </w:t>
+            </w:r>
+            <w:r w:rsidR="00147FA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Subject </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>and one of:</w:t>
+            </w:r>
+            <w:r w:rsidR="00147FA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Health Studies or</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00567F0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Science </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF1AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ubject.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B342E5C" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BE35045" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="2027D1AF" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="4095"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33E47B98" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Philosophy, Politics and Economics and Bachelor of Arts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F663D79" w14:textId="569BD208" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>One of:</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Economics</w:t>
+            </w:r>
+            <w:r w:rsidR="002D0593">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Philosophy and Ethics</w:t>
+            </w:r>
+            <w:r w:rsidR="006C25D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Politics and Law and</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>one of;</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A Humanities and Social Sciences </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF1AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ubject</w:t>
+            </w:r>
+            <w:r w:rsidR="002D0593">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D0593">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Language </w:t>
+            </w:r>
+            <w:r w:rsidR="00A524B8" w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Subject,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E02A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>n Arts Subject.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70514131" w14:textId="075DE167" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;60.00 for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Economics</w:t>
+            </w:r>
+            <w:r w:rsidR="00450E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Philosophy and Ethics and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Politics and Law</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>&gt;50.00 for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Humanities</w:t>
+            </w:r>
+            <w:r w:rsidR="00700DC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Social Science</w:t>
+            </w:r>
+            <w:r w:rsidR="00700DC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Language or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00BB2BF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>n Arts Subject.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="783EE6C3" w14:textId="239BA85A" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00E074F7" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00711590" w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="1C2F4246" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="4101"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32A3F061" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Philosophy, Politics and Economics and Bachelor of Commerce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56498FDB" w14:textId="1287EE65" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>One of:</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">A Technologies </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AF1C66">
+              <w:t>Economics</w:t>
+            </w:r>
+            <w:r w:rsidR="002D0593">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Philosophy and Ethics</w:t>
+            </w:r>
+            <w:r w:rsidR="002D0593">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Politics and Law and</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>one of;</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Accounting and Finance</w:t>
+            </w:r>
+            <w:r w:rsidR="002D0593">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Business Management and Enterprise or</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Career and Enterprise.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F209D7F" w14:textId="1AB6DD7E" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;60.00 for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Economics</w:t>
+            </w:r>
+            <w:r w:rsidR="00450E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Philosophy and Ethics</w:t>
+            </w:r>
+            <w:r w:rsidR="00450E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Politics and Law</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>&gt;50.00 for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Accounting and Finance</w:t>
+            </w:r>
+            <w:r w:rsidR="00450E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Business Management and Enterprise</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB2BF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Career and Enterprise.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01470248" w14:textId="2F4DEC5A" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00E074F7" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00711590" w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="2E27D6C4" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="1411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C0E4129" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Psychology and Bachelor of Arts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29E69D0C" w14:textId="358C58B2" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Psychology and</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>one of:</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A Humanities and Social Sciences </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF1AAE">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>ubject</w:t>
             </w:r>
-            <w:r w:rsidR="00A84469">
-[...21 lines deleted...]
-            <w:r w:rsidR="00AF1C66">
+            <w:r w:rsidR="002D0593">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D0593">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Language Subject or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00E02A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>n Arts Subject.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F239ABF" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63F44C81" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="53B6E195" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="1559"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4966F83E" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bachelor of Psychology and Bachelor of Commerce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E4E309A" w14:textId="5EBAC719" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Psychology and</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C650B" w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>one</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of:</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Accounting and Finance</w:t>
+            </w:r>
+            <w:r w:rsidR="00A524B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Business Management and Enterprise</w:t>
+            </w:r>
+            <w:r w:rsidR="00A524B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Career and Enterprise or</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Economics.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68AB41C2" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D06AA10" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5pts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="3E8944A7" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="986"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29F8ECB1" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Bachelor of Psychology and Bachelor of Science</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D9D1ACA" w14:textId="2729E54B" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Psychology and</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>one of:</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Health Studies or</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E02A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Science </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF1AAE">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>ubject.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33016864" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+          <w:p w14:paraId="1F19A515" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>&gt;50.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="580E83B7" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+          <w:p w14:paraId="35DEC71C" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="002A0693">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="5E7D73EB" w14:textId="77777777" w:rsidTr="00711590">
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="2B33A5A4" w14:textId="77777777" w:rsidTr="00B8499C">
         <w:trPr>
-          <w:trHeight w:val="705"/>
+          <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...23 lines deleted...]
-              <w:t>Bachelor of Environmental Science</w:t>
+            <w:shd w:val="clear" w:color="000000" w:fill="305496"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA211B3" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Assured Pathways</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="305496"/>
             <w:noWrap/>
-            <w:hideMark/>
-[...28 lines deleted...]
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="038DBF7F" w14:textId="7154B772" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ATAR Subject</w:t>
+            </w:r>
+            <w:r w:rsidR="0042274A">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="305496"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6FF818D7" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="003C650B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Final Scaled Score</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="305496"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1BDDE8AB" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Adjustment Points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="3132CD01" w14:textId="77777777" w:rsidTr="00B8499C">
+        <w:trPr>
+          <w:trHeight w:val="840"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77663CEC" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Assured Pathway to Juris Doctor via Any comprehensive or specialist bachelor’s degree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24FDC38D" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
-[...20 lines deleted...]
-              <w:t>&gt;50.00</w:t>
+          <w:p w14:paraId="283C1A5A" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>English or Literature.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24CBC8D6" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="003C650B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;60.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3643B4D7" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
-[...20 lines deleted...]
-              <w:t>5pts</w:t>
+          <w:p w14:paraId="38E480ED" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="003C650B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="73D2CF91" w14:textId="77777777" w:rsidTr="00711590">
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="234E5B14" w14:textId="77777777" w:rsidTr="00B8499C">
         <w:trPr>
-          <w:trHeight w:val="701"/>
+          <w:trHeight w:val="1175"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DD4FA15" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
-[...20 lines deleted...]
-              <w:t>Bachelor of Geographical and Spatial Science</w:t>
+          <w:p w14:paraId="04EF6F17" w14:textId="7775769D" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Assured Pathway to Master of Architecture via Bachelor of</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB2BF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Environmental Design</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70858305" w14:textId="27EAE8CB" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>One of:</w:t>
+            </w:r>
+            <w:r w:rsidR="003C650B">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Applied Information Technology</w:t>
+            </w:r>
+            <w:r w:rsidR="00A524B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="003C650B">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Design or Material Design and Technology.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E8AA6D6" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
-[...26 lines deleted...]
-            <w:tcW w:w="1555" w:type="dxa"/>
+          <w:p w14:paraId="4D004376" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="003C650B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>&gt;60.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="682F23DA" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
-[...58 lines deleted...]
-              <w:t>5pts</w:t>
+          <w:p w14:paraId="1E28EE65" w14:textId="286A059A" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="004116DC" w:rsidP="003C650B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00711590" w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="10868F65" w14:textId="77777777" w:rsidTr="00711590">
-[...2430 lines deleted...]
-      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="3010E2B5" w14:textId="77777777" w:rsidTr="00711590">
+      <w:tr w:rsidR="00711590" w:rsidRPr="00711590" w14:paraId="197F89B3" w14:textId="77777777" w:rsidTr="00B8499C">
         <w:trPr>
           <w:trHeight w:val="795"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="000000" w:fill="305496"/>
-[...59 lines deleted...]
-              <w:t xml:space="preserve"> Degree</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FD3C72F" w14:textId="379CE6CA" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Assured Pathway to Master of Translation Studies via Bachelor of Arts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="000000" w:fill="305496"/>
-[...263 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A8D1DA2" w14:textId="0FBF6C4A" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="00711590">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00711590">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A Language </w:t>
+            </w:r>
+            <w:r w:rsidR="00314B20">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>ubject.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
-[...10095 lines deleted...]
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="1567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="52B6953C" w14:textId="77777777" w:rsidR="00711590" w:rsidRPr="00711590" w:rsidRDefault="00711590" w:rsidP="003C650B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00711590">
               <w:rPr>
@@ -17341,180 +12656,189 @@
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1C7107A9" w14:textId="77777777" w:rsidR="00AD65AB" w:rsidRDefault="00AD65AB"/>
     <w:sectPr w:rsidR="00AD65AB" w:rsidSect="00AD65AB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AD65AB"/>
+    <w:rsid w:val="00141585"/>
     <w:rsid w:val="00146864"/>
     <w:rsid w:val="00147FA8"/>
     <w:rsid w:val="001A1719"/>
     <w:rsid w:val="002A0693"/>
     <w:rsid w:val="002D0593"/>
     <w:rsid w:val="00314B20"/>
     <w:rsid w:val="00333424"/>
     <w:rsid w:val="003C075D"/>
     <w:rsid w:val="003C650B"/>
+    <w:rsid w:val="004116DC"/>
     <w:rsid w:val="0042274A"/>
     <w:rsid w:val="00450E32"/>
+    <w:rsid w:val="004C6078"/>
     <w:rsid w:val="00520F36"/>
     <w:rsid w:val="00531385"/>
+    <w:rsid w:val="005469F0"/>
     <w:rsid w:val="00567F0D"/>
     <w:rsid w:val="005C277F"/>
     <w:rsid w:val="005C5E28"/>
     <w:rsid w:val="00605D49"/>
     <w:rsid w:val="006B1966"/>
     <w:rsid w:val="006C25D1"/>
     <w:rsid w:val="006E2AA2"/>
     <w:rsid w:val="00700DC1"/>
     <w:rsid w:val="00711590"/>
+    <w:rsid w:val="0078071B"/>
     <w:rsid w:val="007A154A"/>
     <w:rsid w:val="007D3314"/>
     <w:rsid w:val="007D4B0A"/>
+    <w:rsid w:val="00917DD6"/>
     <w:rsid w:val="00992C26"/>
     <w:rsid w:val="00A15965"/>
     <w:rsid w:val="00A524B8"/>
     <w:rsid w:val="00A54305"/>
     <w:rsid w:val="00A84469"/>
     <w:rsid w:val="00AA1CC8"/>
     <w:rsid w:val="00AB5B67"/>
     <w:rsid w:val="00AD65AB"/>
     <w:rsid w:val="00AE234E"/>
     <w:rsid w:val="00AF1C66"/>
+    <w:rsid w:val="00B8499C"/>
+    <w:rsid w:val="00BB0F04"/>
     <w:rsid w:val="00BB2BF8"/>
     <w:rsid w:val="00BC40B4"/>
     <w:rsid w:val="00C00584"/>
     <w:rsid w:val="00C71C26"/>
     <w:rsid w:val="00C86634"/>
     <w:rsid w:val="00CF1AAE"/>
     <w:rsid w:val="00D0115D"/>
     <w:rsid w:val="00D85B21"/>
     <w:rsid w:val="00DD0B4E"/>
     <w:rsid w:val="00E02A33"/>
+    <w:rsid w:val="00E074F7"/>
     <w:rsid w:val="00E53BF2"/>
+    <w:rsid w:val="00EA1CDD"/>
     <w:rsid w:val="00EB0A9E"/>
     <w:rsid w:val="00EE2A5A"/>
     <w:rsid w:val="00F13E82"/>
     <w:rsid w:val="00FE40A3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="214C95D3"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{15AE6AED-4BF6-4734-8A98-AE5213E7E247}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -17924,51 +13248,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00605D49"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00605D49"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="300043344">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="721566102">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -18612,63 +13936,78 @@
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5135EECB-E802-4F26-9180-E867727FEEB5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{065537E2-46E9-43EC-AFD2-644EA2CBC2B9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="77c494fb-7b3a-4fc0-ab99-549d4221fbeb"/>
     <ds:schemaRef ds:uri="7277eedc-831b-4c8a-a04f-18f44f4bb438"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>8871</Characters>
+  <Pages>5</Pages>
+  <Words>1181</Words>
+  <Characters>6732</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>335</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>56</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10067</CharactersWithSpaces>
+  <CharactersWithSpaces>7898</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rick Ackerman</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B94D351E0E942F4EB3B46B0DA528EBB5</vt:lpwstr>
   </property>